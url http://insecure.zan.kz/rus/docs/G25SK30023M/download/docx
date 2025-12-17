--- v0 (2025-11-04)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f051ed2" w14:textId="f051ed2">
+    <w:p w14:paraId="35ac3e6" w14:textId="35ac3e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,720 +211,699 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", маслихат Тайыншинского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t>
+      1. Утвердить бюджет города Тайынша Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 243531 тысяч тенге:</w:t>
+      1) доходы – 336611 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 200941 тысяч тенге;</w:t>
+      налоговые поступления – 203941 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0 тысяч тенге;</w:t>
+      неналоговые поступления - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 23431 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 19159 тысяч тенге;</w:t>
+      поступления трансфертов – 109239 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты –326 165,1 тысяч тенге;</w:t>
+      2) затраты – 419245,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – - 82634,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – - 82634,1 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -82634,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – 82634,1 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 82634,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 82634,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 380/26 (вводится в действие с 01.01.2025)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета города Тайынша Тайыншинского района формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете города Тайынша на 2025 год поступление целевых текущих трансфертов из республиканского бюджета в бюджет города Тайынша в сумме 38 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете города Тайынша на 2025 год поступление целевых текущих трансфертов из районного бюджета в бюджет города Тайынша в сумме 856 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Предусмотреть в бюджете города Тайынша Тайыншинского района на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Признать утратившими силу следующие решения маслихата Тайыншинского района Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 250/20 "Об утверждении бюджета города Тайынша Тайыншинского района Северо-Казахстанской области на 2025-2027 годы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Тайыншинского района Северо-Казахстанской области от 05 марта 2025 года № 285/21 "О внесении изменений и дополнений в решение маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 250/20 "Об утверждении бюджета города Тайынша Тайыншинского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -942,51 +921,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1337,260 +1316,282 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 300/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Тайынша Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 380/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="1688"/>
+        <w:gridCol w:w="1688"/>
+        <w:gridCol w:w="3920"/>
+        <w:gridCol w:w="3761"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="29"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1619,115 +1620,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1750,3396 +1765,3658 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-243531</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-200941</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+203941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-125042</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+128042</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-125042</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+128042</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71146</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1365</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62451</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4753</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1644</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19159</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19159</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19159</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5168,115 +5445,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5299,3361 +5590,3648 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-326165,1</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+419245,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-83788</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88868</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-83788</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88868</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-68588</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15200</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-134425</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+215425</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-134425</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+215425</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10279</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-59146</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135146</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-107952</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-107952</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-107942</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114942</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8687,177 +9265,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8886,115 +9467,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9017,187 +9612,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9231,177 +9840,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="33"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9430,115 +10042,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9561,183 +10187,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9771,177 +10418,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9970,115 +10620,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10101,883 +10765,899 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--82634,1</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит бюджета)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--82634,1</w:t>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ -82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11011,177 +11691,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="35"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11210,115 +11893,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11341,364 +12038,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11732,177 +12457,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z46" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="36"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11931,115 +12659,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12062,541 +12804,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12962,229 +13746,231 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Тайынша Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1376"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="3845"/>
+        <w:gridCol w:w="3341"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z53" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="38"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13213,115 +13999,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13344,2661 +14144,2878 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 232225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207973</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73635</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1412</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7586</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64637</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24252</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24252</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21664</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16032,177 +17049,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z54" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="39"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16231,115 +17251,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16362,2476 +17396,2693 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 232225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10639</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах ,поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18865,177 +20116,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z55" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="40"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19064,115 +20318,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19195,187 +20463,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19409,177 +20691,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19608,115 +20893,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19739,183 +21038,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19949,177 +21269,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="42"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20148,115 +21471,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20279,883 +21616,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит бюджета)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21189,177 +22617,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21388,115 +22819,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21519,364 +22964,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21910,177 +23383,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="44"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22109,115 +23585,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22240,541 +23730,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23140,229 +24672,231 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Тайынша Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1376"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="3845"/>
+        <w:gridCol w:w="3341"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z66" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23391,115 +24925,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23522,2661 +25070,2878 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 240353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 215253</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1762</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22422</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26210,177 +27975,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26409,115 +28177,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26540,2476 +28322,2693 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 240353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59381</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59381</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59381</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68830</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29043,177 +31042,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z68" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="48"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29242,115 +31244,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29373,187 +31389,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29587,177 +31617,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="49"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29786,115 +31819,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29917,183 +31964,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30127,177 +32195,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z70" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30326,115 +32397,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30457,883 +32542,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит бюджета)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31367,177 +33543,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31566,115 +33745,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31697,364 +33890,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32088,177 +34309,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z72" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32287,115 +34511,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32418,541 +34656,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33318,209 +35598,215 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="4092"/>
+        <w:gridCol w:w="3384"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33549,115 +35835,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33680,541 +35980,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34248,157 +36590,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34427,115 +36776,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34558,2661 +36921,2878 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82634,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29924</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29924</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение в населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29924</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37648,31 +40228,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>