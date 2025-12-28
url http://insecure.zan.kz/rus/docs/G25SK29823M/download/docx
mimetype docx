--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2850202" w14:textId="2850202">
+    <w:p w14:paraId="eb27d44" w14:textId="eb27d44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,660 +211,639 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", маслихат Тайыншинского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t>
+      1. Утвердить бюджет Зеленогайского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 44140,0 тысяч тенге:</w:t>
+      1) доходы – 44195,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 13408,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 30732,2 тысяч тенге;</w:t>
+      поступления трансфертов – 30787,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 44140,1 тысяч тенге;</w:t>
+      2) затраты – 46763,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 0,1 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 2568,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – -0,1 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – - 2568,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – 0,1 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 2568,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0,1 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 2568,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 378/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Зеленогайского сельского округа Тайыншинского района формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Зеленогайского сельского округа на 2025 год поступление целевых текущих трансфертов из республиканского бюджета в сумме 855 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить бюджетную субвенцию, передаваемую из районного бюджета в бюджет Зеленогайского сельского округа на 2025 год, в сумме 29877 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Учесть в бюджете Зеленогайского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года в сумме 0,1 тысяч тенге, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Признать </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утратившим</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> силу решение маслихата Тайыншинского района Северо-Казахстанской области от 27 декабря 2024 года № 257/20 "Об утверждении бюджета Зеленогайского сельского округа Тайыншинского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -882,51 +861,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Тайыншинского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1290,316 +1269,818 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 298/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Зеленогайского сельского округа Тайыншинского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тайыншинского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 8 мая 2025 года № 298/23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Зеленогайского сельского округа Тайыншинского района Северо-Казахстанской области на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 378/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z44" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="28"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1628,115 +2109,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1759,2642 +2254,2884 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44140,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13408,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5050,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8931,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5050,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8931,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4777,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4281,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-40,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4099,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-571,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3581,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3581,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30732,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30732,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30732,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4417,115 +5154,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4548,4057 +5299,4421 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44140,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46763,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30422,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30422,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30422,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9101,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7101,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9101,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7101,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9101,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7101,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2000,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4220,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4220,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно - досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1703,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2912,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог районного значения и улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8632,157 +9747,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8811,115 +9933,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8942,364 +10078,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9333,157 +10497,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9512,115 +10683,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9643,183 +10828,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9853,157 +11059,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10032,115 +11245,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10163,1060 +11390,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--0,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--0,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11250,157 +12582,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11429,115 +12768,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11560,710 +12913,780 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашения займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12297,157 +13720,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12476,115 +13906,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12607,571 +14051,613 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13210,51 +14696,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13470,12103 +14956,354 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> от 8 мая 2025 года № 298/23</w:t>
+              <w:t>от 8 мая 2025 года № 298/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11777 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z49" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Зеленогайского сельского округа Тайыншинского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1433"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="4004"/>
+        <w:gridCol w:w="2971"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25595,115 +15332,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25726,2484 +15477,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог с доходов не облагаемых у источника выплаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5118</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28237,157 +18191,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28416,115 +18377,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28547,3526 +18522,3848 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3086</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4521</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно - досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32100,157 +22397,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32279,115 +22583,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32410,364 +22728,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32801,157 +23147,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32980,115 +23333,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33111,183 +23478,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33321,157 +23709,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33500,115 +23895,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33631,1060 +24040,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34718,157 +25232,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34897,115 +25418,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35028,710 +25563,780 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашения займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35765,157 +26370,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35944,115 +26556,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36075,541 +26701,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36962,222 +27630,246 @@
               </w:rPr>
               <w:t>от 8 мая 2025 года № 298/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z55" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 4 в редакции решения маслихата Тайыншинского района Северо-Казахстанской области от 15.10.2025 № 378/26 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1403"/>
+        <w:gridCol w:w="1906"/>
+        <w:gridCol w:w="1907"/>
+        <w:gridCol w:w="3923"/>
+        <w:gridCol w:w="3161"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37206,115 +27898,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37337,898 +28043,968 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38257,115 +29033,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38388,714 +29178,1350 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2)Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39531,31 +30957,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>