--- v0 (2025-10-14)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9479c4" w14:textId="b9479c4">
+    <w:p w14:paraId="03ed1e8" w14:textId="03ed1e8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,851 +236,931 @@
         </w:rPr>
         <w:t xml:space="preserve">  статьи 7 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" маслихат района Магжана Жумабаева Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Успенского сельского округа района Магжана Жумабаева на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 52 663,4 тысяч тенге:</w:t>
+      1) доходы – 52 850,8 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 213,0 тысяч тенге;</w:t>
+      налоговые поступления – 6 496,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 139,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 46 311,4 тысяч тенге;</w:t>
+      поступления трансфертов – 46 215,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 53 748,5 тысяч тенге;</w:t>
+      2) затраты – 53 935,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -1 085,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -1 085,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета – 1 085,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 1 085,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Магжана Жумабаева Северо-Казахстанской области от 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 23.09.2025 № 31-22 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии с Бюджетным Кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории Успенского сельского округа расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налог на имущество физических лиц по объектам обложения данным налогом, находящимся на территории Успенского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории Успенского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) налог на транспортные средства: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории Успенского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории Успенского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за пользование земельными участками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются в соответствии за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от аренды имущества коммунальной собственности сельского округа (коммунальной собственности местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть, что в бюджете сельского округа на 2025 год предусмотрен объем субвенции, передаваемой из районного бюджета в бюджет округа в сумме 19 700,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете Успенского сельского округа на 2025 год поступление целевых трансфертов из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть в бюджете сельского округа Успенского сельского округа на 2025 год поступление текущих трансфертов из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на текущий ремонт и содержание уличного освещения населенных пунктов сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на благоустройство населенных пунктов сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на обеспечение функционирования автомобильных дорог населенных пунктов сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на организацию водоснабжения населенных пунктов сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в бюджете Успенского сельского округа расходы за счет свободных остатков бюджетных средств, сложившихся по состоянию на 1 января 2025 года согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Признать утратившими силу решение маслихата района Магжана Жумабаева Северо-Казахстанской области от 30 декабря 2024 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1095,71 +1175,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ""Об утверждении бюджета Успенского сельского округа района Магжана Жумабаева на 2025-2027 годы", решение маслихата района Магжана Жумабаева Северо-Казахстанской области от 28 февраля 2025 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений и дополнений в решение маслихата района Магжана Жумабаева Северо-Казахстанской области от 30 декабря 2024 года № 23-17 "Об утверждении бюджета Успенского сельского округа района Магжана Жумабаева на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1597,65 +1677,13281 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 27-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Успенского сельского округа района Магжана Жумабаева на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата района Магжана Жумабаева Северо-Казахстанской области от 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 23.09.2025 № 31-22 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 850,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 496,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 161,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 836,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 193,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 215,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 215,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 215,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 935,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 620,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 620,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 620,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 120,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 345,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 228,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 228,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 630,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 598,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, села, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефицит (Профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансирование дефицита (использование профицита ) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению маслихата района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магжана Жумабаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 мая 2025 года № 27-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Успенского сельского округа района Магжана Жумабаева на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -1729,51 +15025,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="46"/>
+          <w:bookmarkStart w:name="z65" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2200,51 +15496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 663,4</w:t>
+53 792,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2378,51 +15674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 213,0</w:t>
+6 555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2556,51 +15852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-328,0</w:t>
+346,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2734,51 +16030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-328,0</w:t>
+346,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2912,51 +16208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 878,0</w:t>
+6 201,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3090,51 +16386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132,0</w:t>
+139,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3268,51 +16564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 553,0</w:t>
+1 638,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3446,51 +16742,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 193,0</w:t>
+4 424,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3624,51 +16920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7,0</w:t>
+8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3802,51 +17098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7,0</w:t>
+8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3980,51 +17276,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4158,51 +17454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4336,51 +17632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4692,51 +17988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 311,4</w:t>
+47 090,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4870,51 +18166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 311,4</w:t>
+47 090,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5048,51 +18344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 311,4</w:t>
+47 090,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5144,51 +18440,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="47"/>
+          <w:bookmarkStart w:name="z66" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5796,51 +19092,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 748,5</w:t>
+53 792,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6005,51 +19301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 469,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6214,51 +19510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 469,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6423,51 +19719,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 469,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6632,469 +19928,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 869,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-5 561,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7114,196 +20410,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-210,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7355,164 +20651,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-210,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 957,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7605,332 +20901,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-210,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-5 351,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7950,196 +21246,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-5 351,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8191,164 +21487,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 751,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8441,332 +21737,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1 600,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08</w:t>
-[...167 lines deleted...]
-17 754,0</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8895,87 +22191,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Деятельность в области культуры</w:t>
-[...35 lines deleted...]
-17 754,0</w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9140,51 +22436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 754,0</w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9277,332 +22573,328 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-17 754,0</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, села, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9622,196 +22914,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9863,164 +23151,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10104,341 +23388,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10458,196 +23734,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10699,164 +23971,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефицит (Профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10940,132 +24208,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансирование дефицита (использование профицита ) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11190,51 +24454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чистое бюджетное кредитование</w:t>
+Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11395,2342 +24659,912 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z67" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
--1 085,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...161 lines deleted...]
-1 085,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...681 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...265 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13743,306 +25577,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...208 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 085,1</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14081,51 +25705,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -14347,65 +25971,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 27-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:bookmarkStart w:name="z73" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Успенского сельского округа района Магжана Жумабаева на 2026 год</w:t>
+        <w:t xml:space="preserve"> Бюджет Успенского сельского округа района Магжана Жумабаева на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -14479,51 +26103,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="50"/>
+          <w:bookmarkStart w:name="z74" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14950,51 +26574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 792,0</w:t>
+56 482,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15128,51 +26752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 555,0</w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15306,51 +26930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-346,0</w:t>
+363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15484,51 +27108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-346,0</w:t>
+363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15662,51 +27286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 201,0</w:t>
+6 511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15840,51 +27464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+146,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16018,51 +27642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 638,0</w:t>
+1 720,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16196,51 +27820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 424,0</w:t>
+4 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16374,51 +27998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8,0</w:t>
+9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16552,51 +28176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8,0</w:t>
+9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16730,51 +28354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147,0</w:t>
+154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16908,51 +28532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147,0</w:t>
+154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17086,51 +28710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147,0</w:t>
+154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17442,51 +29066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 090,0</w:t>
+49 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17620,51 +29244,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 090,0</w:t>
+49 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17798,51 +29422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 090,0</w:t>
+49 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17894,51 +29518,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="51"/>
+          <w:bookmarkStart w:name="z75" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18546,51 +30170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 792,0</w:t>
+56 482,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18755,51 +30379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18964,51 +30588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19173,51 +30797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19382,51 +31006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19591,51 +31215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 645,0</w:t>
+5 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19800,51 +31424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 645,0</w:t>
+5 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20009,51 +31633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 645,0</w:t>
+5 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20218,51 +31842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 957,0</w:t>
+4 155,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20427,51 +32051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 688,0</w:t>
+1 772,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20636,51 +32260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20845,51 +32469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21054,51 +32678,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21263,51 +32887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21472,51 +33096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21681,51 +33305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21890,51 +33514,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22099,51 +33723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24245,51 +35869,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="52"/>
+          <w:bookmarkStart w:name="z76" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -25159,51 +36783,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -25425,65 +37049,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 27-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="53"/>
+    <w:bookmarkStart w:name="z82" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Успенского сельского округа района Магжана Жумабаева на 2027 год</w:t>
+        <w:t xml:space="preserve"> Расходы бюджета Успенского сельского округа за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года и возврата неиспользованных (недоиспользованных) в 2024 году целевых трансфертов из районного бюджета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -25557,51 +37181,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="54"/>
+          <w:bookmarkStart w:name="z83" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -26028,92 +37652,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 482,0</w:t>
+1 085,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -26170,87 +37794,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые поступления</w:t>
-[...35 lines deleted...]
-6 883,0</w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26280,155 +37904,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...103 lines deleted...]
-363,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26490,2447 +38114,133 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-363,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...2312 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
@@ -28972,8834 +38282,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="55"/>
+          <w:bookmarkStart w:name="z84" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
-          <w:p>
-[...8762 lines deleted...]
-          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -40972,55 +41518,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41346,31 +41892,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>