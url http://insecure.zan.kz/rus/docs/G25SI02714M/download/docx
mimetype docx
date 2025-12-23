--- v0 (2025-10-14)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e77e088" w14:textId="e77e088">
+    <w:p w14:paraId="8758b88" w14:textId="8758b88">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,931 +236,1125 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" маслихат района Магжана Жумабаева Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет сельского округа Ноғайбай би района Магжана Жумабаева на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 488 561,3 тысяч тенге:</w:t>
+      1) доходы – 471 563,4 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 13 343,0 тысяч тенге;</w:t>
+      налоговые поступления – 15 181,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 420,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 474 798,3 тысяч тенге;</w:t>
+      поступления трансфертов – 455 961,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 489 521,9 тысяч тенге;</w:t>
+      2) затраты – 472 524,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -960,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -960,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета – 960,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 960,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решениями маслихата района Магжана Жумабаева Северо-Казахстанской области от 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 23.09.2025 № 31-20 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии с Бюджетным Кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории сельского округа Ноғайбай би расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налог на имущество физических лиц по объектам обложения данным налогом, находящимся на территории сельского округа Ноғайбай би;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории сельского округа Ноғайбай би;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) налог на транспортные средства: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории сельского округа Ноғайбай би;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории сельского округа Ноғайбай би;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за пользование земельными участками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих поступлений от продажи основного капитала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть, что в бюджете сельского округа на 2025 год предусмотрен объем субвенции, передаваемой из районного бюджета в бюджет округа в сумме 306 550,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете сельского округа Ноғайбай би на 2025 год поступление целевых трансфертов из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Учесть в бюджете сельского округа Ноғайбай би на 2025 год поступление трансфертов из областного бюджета на средний ремонт улиц Рабочая, Рижская, Ленина в селе Караганды; улиц Мира, Калинина, Ново-Лесная в селе Надежка сельского округа Ноғайбай би.</w:t>
+      6. Учесть в бюджете сельского округа Ноғайбай би на 2025 год поступление трансфертов из областного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на средний ремонт улиц Рабочая, Рижская, Ленина в селе Караганды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улиц Мира, Калинина, Ново-Лесная в селе Надежка сельского округа Ноғайбай би;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на установку детской игровой площадки в селе Ногайбай сельского округа Ногайбай би;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на изготовление и установку металлического ограждения в селе Надежка сельского округа Ногайбай би.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 6 в редакции решения маслихата района Магжана Жумабаева Северо-Казахстанской области от 23.09.2025 № 31-20 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в бюджете сельского округа Ноғайбай би на 2025 год поступление текущих трансфертов из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на текущий ремонт и содержание уличного освещения населенных пунктов сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на обеспечении санитарии населенных пунктов сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на благоустройство населенных пунктов сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на укрепление материально-технической базы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) на обеспечение функционирования автомобильных дорог населенных пунктов сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) на организацию водоснабжения населенных пунктов сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Учесть в бюджете сельского округа Ноғайбай би расходы за счет свободных остатков бюджетных средств, сложившихся по состоянию на 1 января 2025 года согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Признать утратившими силу решение маслихата района Магжана Жумабаева Северо-Казахстанской области от 30 декабря 2024 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1175,71 +1369,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении бюджета сельского округа Ноғайбай би района Магжана Жумабаева на 2025-2027 годы", решение маслихата района Магжана Жумабаева Северо-Казахстанской области от 28 февраля 2025 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25-15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений и дополнений в решение маслихата района Магжана Жумабаева Северо-Казахстанской области от 30 декабря 2024 года № 23-13 "Об утверждении бюджета сельского округа Ноғайбай би района Магжана Жумабаева на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1677,65 +1871,14891 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 27-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Ноғайбай би района Магжана Жумабаева на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решениями маслихата района Магжана Жумабаева Северо-Казахстанской области от 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 23.09.2025 № 31-20 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471 563,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 181,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 544,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+255,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 269,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 037,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 037,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455 961,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455 961,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455 961,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+472 524,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 894,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 894,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 894,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 534,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 564,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 562,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 562,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 276,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 786,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, села, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефицит (Профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансирование дефицита (использование профицита ) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению маслихата района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магжана Жумабаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 мая 2025 года № 27-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет сельского округа Ноғайбай би района Магжана Жумабаева на 2026год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -1809,51 +16829,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="50"/>
+          <w:bookmarkStart w:name="z69" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2280,51 +17300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-488 561,3</w:t>
+109 326,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2458,51 +17478,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 343,0</w:t>
+14 077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2636,51 +17656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 600,0</w:t>
+4 853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2814,51 +17834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 600,0</w:t>
+4 853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2992,51 +18012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 685,0</w:t>
+9 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3170,51 +18190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-275,0</w:t>
+290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3348,51 +18368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 410,0</w:t>
+4 653,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3526,51 +18546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 000,0</w:t>
+4 220,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3704,51 +18724,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58,0</w:t>
+61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3882,51 +18902,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58,0</w:t>
+61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4238,51 +19258,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-420,0</w:t>
+443,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4416,51 +19436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-420,0</w:t>
+443,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4594,51 +19614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4772,51 +19792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+21,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4950,51 +19970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-474 798,3</w:t>
+94 806,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5128,51 +20148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-474 798,3</w:t>
+94 806,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5306,51 +20326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-474 798,3</w:t>
+94 806,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5402,51 +20422,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="51"/>
+          <w:bookmarkStart w:name="z70" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6054,51 +21074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-489 521,9</w:t>
+109 326,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6263,51 +21283,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 974,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6472,51 +21492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 974,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6681,51 +21701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 974,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6890,469 +21910,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 534,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-440,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-13 100,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7372,196 +22392,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-13 100,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7613,164 +22633,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-13 100,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 043,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7863,123 +22883,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-9 000,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8072,541 +23092,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-2 500,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 608,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1 600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8626,196 +23646,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8867,164 +23887,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9108,341 +24128,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9462,196 +24474,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-12 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9703,164 +24711,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-12 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9944,132 +24948,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-2 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10153,341 +25153,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-10 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефицит (Профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10507,196 +25499,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансирование дефицита (использование профицита ) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10748,164 +25736,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10989,1346 +25973,841 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-270 000,6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z71" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-270 000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Чистое бюджетное кредитование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12363,2468 +26842,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...2116 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...265 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14837,306 +26932,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...208 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-960,6</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15175,51 +27060,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -15441,65 +27326,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 27-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkStart w:name="z77" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет сельского округа Ноғайбай би района Магжана Жумабаева на 2026год</w:t>
+        <w:t xml:space="preserve"> Бюджет сельского округа Ноғайбай би района Магжана Жумабаева на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -15573,51 +27458,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="54"/>
+          <w:bookmarkStart w:name="z78" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16044,51 +27929,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109 326,0</w:t>
+114 796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16222,51 +28107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 077,0</w:t>
+14 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16400,51 +28285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 853,0</w:t>
+5 095,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16578,51 +28463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 853,0</w:t>
+5 095,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16756,51 +28641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 163,0</w:t>
+9 621,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16934,51 +28819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290,0</w:t>
+305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17112,51 +28997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 653,0</w:t>
+4 885,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17290,51 +29175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 220,0</w:t>
+4 431,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17468,51 +29353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61,0</w:t>
+65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17646,51 +29531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61,0</w:t>
+65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18002,51 +29887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-443,0</w:t>
+467,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18180,51 +30065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-443,0</w:t>
+467,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18358,51 +30243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422,0</w:t>
+445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18536,51 +30421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21,0</w:t>
+22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18714,51 +30599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 806,0</w:t>
+99 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18892,51 +30777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 806,0</w:t>
+99 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19070,51 +30955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 806,0</w:t>
+99 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19166,51 +31051,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="55"/>
+          <w:bookmarkStart w:name="z79" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -19818,51 +31703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109 326,0</w:t>
+114 796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20027,51 +31912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20236,51 +32121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20445,51 +32330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20654,51 +32539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20863,51 +32748,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 163,0</w:t>
+13 821,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21072,51 +32957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 163,0</w:t>
+13 821,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21281,51 +33166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 163,0</w:t>
+13 821,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21490,51 +33375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 043,0</w:t>
+9 495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21699,51 +33584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 512,0</w:t>
+2 638,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21908,51 +33793,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 608,0</w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22117,51 +34002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22326,51 +34211,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22535,51 +34420,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22744,51 +34629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24890,51 +36775,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="56"/>
+          <w:bookmarkStart w:name="z80" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -25804,51 +37689,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -26070,65 +37955,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 27-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="57"/>
+    <w:bookmarkStart w:name="z86" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет сельского округа Ноғайбай би района Магжана Жумабаева на 2027 год</w:t>
+        <w:t xml:space="preserve"> Расходы бюджета сельского округа Ноғайбай би за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года и возврата неиспользованных (недоиспользованных) в 2024 году целевых трансфертов из районного бюджета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -26202,51 +38087,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="58"/>
+          <w:bookmarkStart w:name="z87" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -26673,92 +38558,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114 796,0</w:t>
+960,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -26815,87 +38700,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые поступления</w:t>
-[...35 lines deleted...]
-14 781,0</w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26925,155 +38810,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...103 lines deleted...]
-5 095,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27135,2625 +39020,133 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-5 095,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...2490 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
@@ -29795,8207 +39188,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="59"/>
+          <w:bookmarkStart w:name="z88" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
-          <w:p>
-[...8135 lines deleted...]
-          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -40332,55 +41588,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -40706,31 +41962,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>