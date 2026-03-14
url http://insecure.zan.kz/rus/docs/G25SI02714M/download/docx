--- v1 (2025-12-23)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8758b88" w14:textId="8758b88">
+    <w:p w14:paraId="af5d273" w14:textId="af5d273">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -41588,55 +41588,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>