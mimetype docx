--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4a65df0" w14:textId="4a65df0">
+    <w:p w14:paraId="d24d1fd" w14:textId="d24d1fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,51 +232,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Куйбышевского сельского округа Кызылжарского района на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 197 759,9 тысяч тенге:</w:t>
+      1) доходы – 200 927 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 13 396 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -310,71 +310,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      поступления трансфертов – 184 363,9 тысяч тенге; </w:t>
+      поступления трансфертов – 187 531 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 205 245,2 тысяч тенге; </w:t>
+      2) затраты – 209 147,7 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
@@ -470,91 +470,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -7 485,3 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -8 220,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – -7 485,3 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -8 220,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета - 7 485,3 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 8 220,7 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
@@ -570,100 +570,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 7 485,3 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 8 220,7 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 26.09.2025 № 25/14 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1645,172 +1645,175 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 26.09.2025 № 25/14 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...3 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:bookmarkEnd w:id="47"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1840,166 +1843,167 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2029,158 +2033,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2206,162 +2211,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-197 759,9</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2387,162 +2393,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2568,158 +2575,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2749,162 +2757,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2930,158 +2939,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 888</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3111,158 +3121,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 216</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3292,158 +3303,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3473,158 +3485,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 294</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3654,162 +3667,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3835,162 +3849,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4016,162 +4031,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4197,162 +4213,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-184 363,9</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+187 531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4378,158 +4395,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-184 363,9</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+187 531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4559,81 +4577,81 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-184 363,9</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+187 531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5147,51 +5165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205 245,2</w:t>
+209 147,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5329,51 +5347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 216,3</w:t>
+50 816,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5511,51 +5529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 216,3</w:t>
+50 816,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5726,61 +5744,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5796,206 +5810,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жилищно-коммунальное хозяйство</w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 041,4</w:t>
+5 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6020,88 +6038,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 041,4</w:t>
+41 041,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6123,167 +6141,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организация водоснабжения населенных пунктов</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 779,1</w:t>
+41 041,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6347,168 +6365,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Освещение улиц в населенных пунктах</w:t>
+Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 262,3</w:t>
+21 779,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6524,206 +6538,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Культура, спорт, туризм и информационное пространство</w:t>
+Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 524</w:t>
+19 262,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6748,51 +6766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6851,130 +6869,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поддержка культурно-досуговой работы на местном уровне</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7000,61 +7018,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7070,206 +7084,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Транспорт и коммуникации</w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 463,5</w:t>
+31 524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7294,88 +7312,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 463,5</w:t>
+85 766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7397,167 +7415,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 450,5</w:t>
+85 766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7621,125 +7639,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
+013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 013</w:t>
+50 450,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7794,130 +7812,134 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+35 315,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8014,662 +8036,692 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
-[...147 lines deleted...]
-Сумма, тысяч тенге</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-1</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...110 lines deleted...]
-5</w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
-            </w:r>
-[...138 lines deleted...]
-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8691,163 +8743,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8869,345 +8920,343 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9229,163 +9278,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...99 lines deleted...]
--7 485,3</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9407,163 +9455,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...99 lines deleted...]
--7 485,3</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9585,1714 +9632,1857 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...99 lines deleted...]
-7 485,3</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...99 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...118 lines deleted...]
-Сумма, тысяч тенге</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение займов</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...83 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
-[...36 lines deleted...]
-Сумма, тысяч тенге</w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...110 lines deleted...]
-5</w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-7 485,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...106 lines deleted...]
-7 485,3</w:t>
+8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 220,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11352,51 +11542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 485,3</w:t>
+8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11636,68 +11826,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 мая 2025 года № 23/32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Куйбышевского сельского округа Кызылжарского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
@@ -20725,68 +20915,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 мая 2025 года № 23/32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Куйбышевского сельского округа Кызылжарского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>