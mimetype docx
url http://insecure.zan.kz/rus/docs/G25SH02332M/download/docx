--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d24d1fd" w14:textId="d24d1fd">
+    <w:p w14:paraId="d64cc11" w14:textId="d64cc11">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -29796,55 +29796,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>