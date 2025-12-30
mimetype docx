--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e3c0c2d" w14:textId="e3c0c2d">
+    <w:p w14:paraId="a3b3741" w14:textId="a3b3741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,51 +232,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Виноградовского сельского округа Кызылжарского района на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 33 391 тысяч тенге:</w:t>
+      1) доходы – 39 262,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 7 520 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -310,71 +310,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      поступления трансфертов – 25 871 тысяч тенге; </w:t>
+      поступления трансфертов – 31 742,6 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 35 547 тысяч тенге; </w:t>
+      2) затраты – 43 637,5 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
@@ -470,91 +470,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -2 156 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -4 374,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – -2 156 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -4 374,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета - 2 156 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 4 374,9 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
@@ -570,100 +570,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 2 156 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 4 374,9 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 26.09.2025 № 25/13 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1645,51 +1645,51 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 26.09.2025 № 25/13 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
@@ -1707,68 +1707,70 @@
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2236,51 +2238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 391</w:t>
+39 262,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4227,51 +4229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 871</w:t>
+31 742,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4408,51 +4410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 871</w:t>
+31 742,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4589,174 +4591,174 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 871</w:t>
+31 742,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администратор бюджетных программ</w:t>
-[...35 lines deleted...]
-              <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4791,162 +4793,162 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...35 lines deleted...]
-              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4981,51 +4983,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5047,84 +5082,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5147,166 +5149,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 547</w:t>
+43 637,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5329,166 +5331,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 203</w:t>
+25 473,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5511,63 +5513,96 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 203</w:t>
+25 473,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5577,100 +5612,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5693,166 +5695,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 203</w:t>
+25 473,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5875,166 +5877,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 204</w:t>
+17 024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6057,63 +6059,96 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 204</w:t>
+17 024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6123,100 +6158,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6239,63 +6241,96 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-334</w:t>
+8 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6305,100 +6340,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6433,51 +6435,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6487,100 +6522,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6615,154 +6617,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6797,154 +6799,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 084</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6979,51 +6981,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 084</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7033,100 +7068,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7161,154 +7163,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 084</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7343,154 +7345,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7525,51 +7527,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7579,100 +7614,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7707,51 +7709,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7773,84 +7808,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7885,51 +7887,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7951,84 +7986,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8174,88 +8176,88 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8364,88 +8366,88 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8546,88 +8548,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8724,88 +8726,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8902,88 +8904,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9084,88 +9086,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9262,118 +9264,118 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
--2 156</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4 374,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9440,118 +9442,118 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
--2 156</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4 374,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9618,118 +9620,118 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-2 156</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 374,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9800,241 +9802,241 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10068,162 +10070,162 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10257,154 +10259,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10438,162 +10440,162 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10628,162 +10630,162 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10818,154 +10820,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10988,166 +10990,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 156</w:t>
+4 374,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11170,166 +11172,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 156</w:t>
+4 374,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11352,51 +11354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 156</w:t>
+4 374,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11636,68 +11638,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 мая 2025 года № 23/31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Виноградовского сельского округа Кызылжарского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
@@ -20907,68 +20909,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 мая 2025 года № 23/31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Виноградовского сельского округа Кызылжарского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>