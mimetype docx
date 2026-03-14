--- v1 (2025-12-30)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a3b3741" w14:textId="a3b3741">
+    <w:p w14:paraId="a4ee696" w14:textId="a4ee696">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -29972,55 +29972,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>