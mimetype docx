--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3956d8f" w14:textId="3956d8f">
+    <w:p w14:paraId="4e29c53" w14:textId="4e29c53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,93 +211,153 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах" Кызылжарский районный маслихат Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить бюджет Бугровского сельского округа Кызылжарского района на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить бюджет Бугровского сельского округа Кызылжарского района на 2025-2027 годы согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доходы – 47 241 тысяч тенге:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 46 141 тысяч тенге:</w:t>
+      налоговые поступления – 5 645 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -309,72 +369,72 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      поступления трансфертов – 41 696 тысяч тенге; </w:t>
+        <w:t>
+      поступления трансфертов – 41 596 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) затраты – 46 141 тысяч тенге; </w:t>
+        <w:t>
+      2) затраты – 48 222,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
@@ -470,91 +530,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -981,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – 0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -981,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета - 0 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета - 981,2 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
@@ -570,90 +630,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 981,2 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1710,50 +1790,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
@@ -1772,184 +1872,186 @@
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z58" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="47"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1983,162 +2085,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2168,878 +2270,878 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-46 141</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-4 445</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 645</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...106 lines deleted...]
-1 643</w:t>
+2 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...115 lines deleted...]
-1 643</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...105 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3069,158 +3171,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...105 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3250,158 +3352,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...105 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3431,158 +3533,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...105 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3616,154 +3718,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...101 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3797,154 +3899,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...101 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3978,4821 +4080,4834 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-41 696</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...106 lines deleted...]
-41 696</w:t>
+41 596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...115 lines deleted...]
-41 696</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...146 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...146 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-46 141</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 222,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...139 lines deleted...]
-30 915</w:t>
+31 251,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-30 915</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 251,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-30 915</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 251,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07</w:t>
-[...139 lines deleted...]
-9 857</w:t>
+11 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-9 857</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-7 960</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 260</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...138 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 897</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08</w:t>
-[...139 lines deleted...]
-4 031</w:t>
+2 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-4 031</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...138 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 031</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...139 lines deleted...]
-1 338</w:t>
+4 031</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-1 338</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 031</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-1 338</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Категория</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс</w:t>
-[...109 lines deleted...]
-Сумма, тысяч тенге</w:t>
+1 338</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...109 lines deleted...]
-5</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-            <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...71 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
-[...35 lines deleted...]
-0</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...71 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
-[...35 lines deleted...]
-0</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8811,165 +8926,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="586" w:type="dxa"/>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8988,165 +9104,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
- 0</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9165,165 +9282,170 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Ненефтяной дефицит (профицит) бюджета;</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="586" w:type="dxa"/>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9342,169 +9464,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Финансирование дефицита (использование профицита) бюджета</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="586" w:type="dxa"/>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9523,1181 +9642,1155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления займов</w:t>
-[...35 lines deleted...]
-0</w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-981,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...46 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Сумма, тысяч тенге</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-981,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...67 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...46 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+981,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Погашение займов</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...103 lines deleted...]
-Подкласс</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10716,382 +10809,944 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-01</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Остатки бюджетных средств</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+981,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+981,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+981,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11396,68 +12051,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 мая 2025 года № 23/29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Бугровского сельского округа Кызылжарского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
@@ -20551,68 +21206,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 мая 2025 года № 23/29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="48"/>
+    <w:bookmarkStart w:name="z69" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Бугровского сельского округа Кызылжарского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>