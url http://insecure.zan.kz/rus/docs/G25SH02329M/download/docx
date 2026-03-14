--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4e29c53" w14:textId="4e29c53">
+    <w:p w14:paraId="8fa71d5" w14:textId="8fa71d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -30088,55 +30088,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>