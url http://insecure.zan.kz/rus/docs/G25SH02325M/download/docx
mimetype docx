--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="732a22d" w14:textId="732a22d">
+    <w:p w14:paraId="01709c9" w14:textId="01709c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,93 +211,113 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах" Кызылжарский районный маслихат Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить бюджет Архангельского сельского округа Кызылжарского района на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить бюджет Архангельского сельского округа Кызылжарского района на 2025-2027 годы согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1, 2 и 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доходы – 64 894,7 тысяч тенге:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 64 879,4 тысяч тенге:</w:t>
+      налоговые поступления – 14 241,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -310,71 +330,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      поступления трансфертов – 51 977 тысяч тенге; </w:t>
+      поступления трансфертов – 50 653,2 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 70 259,4 тысяч тенге; </w:t>
+      2) затраты – 70 274,7 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
@@ -549,101 +569,121 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      погашение займов – 0 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      погашение займов – 0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 5 380,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Сноска. Пункт 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 № 24/5 (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 № 24/5 (вводится в действие с 01.01.2025); от 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1604,52 +1644,72 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Архангельского сельского округа Кызылжарского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сноска. Приложение 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 № 24/5 (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Кызылжарского районного маслихата Северо-Казахстанской области от 27.06.2025 № 24/5 (вводится в действие с 01.01.2025); от 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
@@ -2201,51 +2261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 879,4</w:t>
+64 894,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2383,51 +2443,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 902,4</w:t>
+14 241,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2565,51 +2625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3 615</w:t>
+ 4 954,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2747,51 +2807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 615</w:t>
+4 954,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4203,51 +4263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 977</w:t>
+50 653,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4385,51 +4445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 977</w:t>
+50 653,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4567,51 +4627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 977</w:t>
+50 653,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5125,51 +5185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 259,4</w:t>
+70 274,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5307,51 +5367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 256,1</w:t>
+34 706,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5489,51 +5549,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 256,1</w:t>
+34 706,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5671,51 +5731,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 256,1</w:t>
+34 706,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5853,51 +5913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 153,5</w:t>
+23 400,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6035,51 +6095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 153,5</w:t>
+23 400,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6217,51 +6277,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 631,5</w:t>
+9 768,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6399,51 +6459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 400</w:t>
+749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6581,51 +6641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 122</w:t>
+12 883,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6763,51 +6823,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 631</w:t>
+6 353,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6945,51 +7005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 631</w:t>
+6 353,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7127,51 +7187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 631</w:t>
+6 353,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7309,51 +7369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 218,8</w:t>
+5 814,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7491,51 +7551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 218,8</w:t>
+5 814,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7599,50 +7659,232 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+658</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -7673,51 +7915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 218,8</w:t>
+5 156,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>