--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="01709c9" w14:textId="01709c9">
+    <w:p w14:paraId="0a6d0db" w14:textId="0a6d0db">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -31108,55 +31108,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>