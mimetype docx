--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5792da8" w14:textId="5792da8">
+    <w:p w14:paraId="3b053fd" w14:textId="3b053fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -212,1014 +212,1250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2, 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 96 366 тысяч тенге:</w:t>
+      1) доходы – 95 981 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 6 706 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 152 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 89 508 тысяч тенге;</w:t>
+      поступления трансфертов – 89 123 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 96 366 тысяч тенге;</w:t>
+      2) затраты – 96 794,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0 тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 813,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0 тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 813,4 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0 тенге.</w:t>
+      погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      используемые остатки бюджетных средств – 813,4 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуального подоходного налога по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории села расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налога на имущество физических лиц по объектам обложения данным налогом, находящимся на территории села, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       земельного налога на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       единого земельного налога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налога на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       платы за пользование земельными участками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       штрафов, налагаемые акимом сельского округа за административные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       добровольных сборов физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходов от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходов от аренды имущества коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочих доходов от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       прочих неналоговых поступлений в бюджет сельского округа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что поступлениями в бюджет сельского округа от продажи основного капитала являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете субвенцию, передаваемую из районного бюджета в бюджет сельского округа на 2025 год в сумме 50 457 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть в бюджете сельского округа на 2025 год поступление целевых текущих трансфертов из республиканского бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых текущих трансфертов из республиканского бюджета определяется решением акима Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области о реализации решения маслихата Жамбылского района Северо-Казахстанской области о бюджете сельского округа на 2025-2027 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в бюджете сельского округа на 2025 год поступление целевых текущих трансфертов из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на разработку проектно-сметной документации на капитальный ремонт крыши клуба в селе Жанажол Жамбылского района Северо-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на средний ремонт улиц села Святодуховка Жамбылского района Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на установление стимулирующих надбавок к должностному окладу работников коммунального государственного учреждения "Аппарат акима Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области", финансируемых из местного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на текущий ремонт служебного автомобиля коммунального государственного учреждения "Аппарат акима Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых текущих трансфертов из районного бюджета определяется решением акима Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области о реализации решения маслихата Жамбылского района Северо-Казахстанской области о бюджете сельского округа на 2025-2027 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным решением маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Предусмотреть расходы бюджета сельского округа за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года и возврата целевых трансфертов из районного бюджета неиспользованных (недоиспользованных) в 2024 году, согласно приложению 4 к настоящему решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 7-1 в соответствии с решением маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Жамбылского района Северо-Казахстанской области от 27 декабря 2024 года № 25/7 "Об утверждении бюджета Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области на 2025-2027 годы". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Настоящее решение вводится в действие с момента принятия и распространяется на правоотношения, возникшие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1592,68 +1828,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 30/8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
@@ -1663,125 +1937,125 @@
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1811,187 +2085,185 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z60" w:id="51"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2021,159 +2293,93 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2183,361 +2389,427 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-96 366</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95 981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2563,159 +2835,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 760</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2745,163 +3017,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 760</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2927,159 +3199,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3109,159 +3381,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3291,159 +3563,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3473,159 +3745,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3655,163 +3927,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3837,159 +4109,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4019,345 +4291,345 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4383,159 +4655,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4565,345 +4837,345 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-89 508</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4929,159 +5201,159 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-89 508</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5111,81 +5383,81 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-89 508</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5227,159 +5499,157 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Программа</w:t>
-[...35 lines deleted...]
-              <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5437,88 +5707,88 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
-            <w:tcBorders>
-[...35 lines deleted...]
-            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5619,151 +5889,151 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 366</w:t>
+96 794,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5801,151 +6071,151 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 549</w:t>
+36 204,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5983,151 +6253,151 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 549</w:t>
+36 204,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6161,155 +6431,155 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...35 lines deleted...]
-              <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 049</w:t>
+33 454,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6343,519 +6613,519 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-032</w:t>
-[...36 lines deleted...]
-Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 500</w:t>
+250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Жилищно-коммунальное хозяйство</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 950</w:t>
+2 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 950</w:t>
+3 017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6877,167 +7147,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...36 lines deleted...]
-Освещение улиц в населенных пунктах</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 250</w:t>
+3 017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7071,155 +7341,155 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...36 lines deleted...]
-Обеспечение санитарии населенных пунктов</w:t>
+Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+2 317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7253,482 +7523,482 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...36 lines deleted...]
-Благоустройство и озеленение населенных пунктов</w:t>
+Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Культура, спорт, туризм и информационное пространство</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 831</w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7787,130 +8057,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...36 lines deleted...]
-Поддержка культурно-досуговой работы на местном уровне</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7936,382 +8206,382 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Транспорт и коммуникации</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 036</w:t>
+22 831</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 036</w:t>
+34 742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8333,167 +8603,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...36 lines deleted...]
-Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+34 742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8527,155 +8797,155 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
-[...36 lines deleted...]
-Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 336</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8709,1265 +8979,1347 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-3) Чистое бюджетное кредитование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+34 042</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Бюджетные кредиты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...72 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
-[...36 lines deleted...]
-Сумма (тысяч тенге)</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
-[...36 lines deleted...]
-0</w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="3"/>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="3"/>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...29 lines deleted...]
-Функциональная группа</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администратор бюджетных программ</w:t>
-[...72 lines deleted...]
-              <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Сумма (тысяч тенге)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9977,174 +10329,179 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...81 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10154,2203 +10511,2126 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...81 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
-[...110 lines deleted...]
-Наименование</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...139 lines deleted...]
-0</w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...138 lines deleted...]
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...138 lines deleted...]
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...134 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...134 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...138 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...138 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов внутри страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...138 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-813,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...138 lines deleted...]
-(тысяч тенге)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-16</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...68 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12369,169 +12649,170 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...75 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12553,124 +12834,125 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...72 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12698,351 +12980,367 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
-[...80 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Сумма (тысяч тенге)</w:t>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...102 lines deleted...]
-Используемые остатки бюджетных средств</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13073,158 +13371,157 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...105 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13255,188 +13552,941 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение долга аппарата акима города районного значения, села, поселка, сельского округа перед вышестоящим бюджетом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13676,68 +14726,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 30/8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майбалыкского сельского округа Жамбылского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
@@ -13910,70 +14960,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="55"/>
+          <w:bookmarkStart w:name="z68" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17400,70 +18450,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="56"/>
+          <w:bookmarkStart w:name="z69" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -23798,70 +24848,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="57"/>
+          <w:bookmarkStart w:name="z70" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25396,68 +26446,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 30/8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майбалық сельского округа Жамбылского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
         <w:gridCol w:w="492"/>
@@ -25626,70 +26676,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="59"/>
+          <w:bookmarkStart w:name="z76" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29116,70 +30166,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="60"/>
+          <w:bookmarkStart w:name="z77" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -33333,70 +34383,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="61"/>
+          <w:bookmarkStart w:name="z78" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -35534,70 +36584,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="62"/>
+          <w:bookmarkStart w:name="z79" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -36845,50 +37895,3765 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4 к решению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маслихата Жамбылского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 мая 2025 года № 30/8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расходы бюджета сельского округа на 2025 год за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года и возврата неиспользованных (недоиспользованных) в 2024 году целевых трансфертов из районного бюджета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Решение дополнено приложением 4 в соответствии с решением маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доходы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z61" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+746,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+746,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+496,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -36920,55 +41685,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37294,31 +42059,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>