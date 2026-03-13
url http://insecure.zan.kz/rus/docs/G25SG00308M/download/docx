--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b053fd" w14:textId="3b053fd">
+    <w:p w14:paraId="b5b7cb8" w14:textId="b5b7cb8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -41685,55 +41685,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>