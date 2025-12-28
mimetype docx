--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="016fcbb" w14:textId="016fcbb">
+    <w:p w14:paraId="86cedaa" w14:textId="86cedaa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -196,1030 +196,1298 @@
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О правовых актах" маслихат Жамбылского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Жамбылского сельского округа Жамбылского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2, 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 51 985 тысяч тенге:</w:t>
+      1) доходы – 65 634,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 2 669 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 1 000 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 48 316 тысяч тенге;</w:t>
+      поступления трансфертов – 61 965,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 51 985 тысяч тенге;</w:t>
+      2) затраты – 65 753,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0 тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 119,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0 тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 119,4 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       погашение займов – 0 тенге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0 тенге.</w:t>
+      используемые остатки бюджетных средств – 119,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуального подоходного налога по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории села расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налога на имущество физических лиц по объектам обложения данным налогом, находящимся на территории села, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       земельного налога на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       единого земельного налога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налога на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       платы за пользование земельными участками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       штрафов, налагаемые акимом сельского округа за административные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       добровольных сборов физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходов от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходов от аренды имущества коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочих доходов от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       прочих неналоговых поступлений в бюджет сельского округа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что поступлениями в бюджет сельского округа от продажи основного капитала являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете субвенцию, передаваемую из районного бюджета в бюджет сельского округа на 2025 год в сумме 32 735 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть в бюджете сельского округа на 2025 год поступление целевых текущих трансфертов из республиканского бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых текущих трансфертов из республиканского бюджета определяется решением акима Жамбылского сельского округа Жамбылского района Северо-Казахстанской области о реализации решения маслихата Жамбылского района Северо-Казахстанской области о бюджете сельского округа на 2025-2027 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в бюджете сельского округа на 2025 год поступление целевых текущих трансфертов из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на капитальные расходы государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на устройство мини-футбольного поля в селе Жамбыл Жамбылского района Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых текущих трансфертов из районного бюджета определяется решением акима Жамбылского сельского округа Жамбылского района Северо-Казахстанской области о реализации решения маслихата Жамбылского района Северо-Казахстанской области о бюджете сельского округа на 2025-2027 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Учесть в бюджете сельского округа на 2025 год поступление целевых текущих трансфертов из областного бюджета, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на текущий ремонт разводящих сетей водопровода в селе Жамбыл Жамбылского района Северо-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распределение указанных целевых текущих трансфертов из областного бюджета определяется решением акима Жамбылского сельского округа Жамбылского района Северо-Казахстанской области о реализации решения маслихата Жамбылского района Северо-Казахстанской области о бюджете сельского округа на 2025-2027 годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 7-1 в соответствии с решением маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2. Предусмотреть расходы бюджета сельского округа за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года и возврата целевых трансфертов из районного бюджета неиспользованных (недоиспользованных) в 2024 году, согласно приложению 4 к настоящему решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 7-2 в соответствии с решением маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Жамбылского района Северо-Казахстанской области от 27 декабря 2024 года № 25/3 "Об утверждении бюджета Жамбылского сельского округа Жамбылского района Северо-Казахстанской области на 2025-2027 годы". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Настоящее решение вводится в действие с момента принятия и распространяется на правоотношения, возникшие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1592,65 +1860,12201 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 30/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жамбылского сельского округа Жамбылского района Северо-Казахстанской области на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 634,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 669</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+293</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+293</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 339</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 279</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+939</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 965,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 965,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 965,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 753,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 788,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 788,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 361</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 427,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 265,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 265,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 072,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 343</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов внутри страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение долга аппарата акима города районного значения, села, поселка, сельского округа перед вышестоящим бюджетом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к решению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маслихата Жамбылского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 мая 2025 года № 30/4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Жамбылского сельского округа Жамбылского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
@@ -1826,51 +14230,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="51"/>
+          <w:bookmarkStart w:name="z68" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2229,51 +14633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 985</w:t>
+37 026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2411,51 +14815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 669</w:t>
+2 794</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2593,51 +14997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-293</w:t>
+303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2775,51 +15179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-293</w:t>
+303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2957,51 +15361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 339</w:t>
+2 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3139,51 +15543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
+109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3321,51 +15725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3503,51 +15907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 279</w:t>
+1 324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3685,51 +16089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-939</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3867,51 +16271,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4049,51 +16453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4777,51 +17181,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 316</w:t>
+33 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4959,51 +17363,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 316</w:t>
+33 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5141,51 +17545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 316</w:t>
+33 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5316,51 +17720,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="52"/>
+          <w:bookmarkStart w:name="z69" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5719,51 +18123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 985</w:t>
+37 026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5901,51 +18305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 342</w:t>
+33 476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6083,51 +18487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 342</w:t>
+33 476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6265,90 +18669,94 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 361</w:t>
+33 476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6364,210 +18772,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальные расходы государственного органа</w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 981</w:t>
+2 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6592,88 +18996,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жилищно-коммунальное хозяйство</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 943</w:t>
+2 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6695,167 +19099,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 943</w:t>
+1 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6919,125 +19323,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Освещение улиц в населенных пунктах</w:t>
+Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 343</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7101,164 +19505,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
+011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение санитарии населенных пунктов</w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7274,210 +19682,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Благоустройство и озеленение населенных пунктов</w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 200</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7502,88 +19906,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Транспорт и коммуникации</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7605,167 +20009,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7820,134 +20224,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8044,532 +20444,536 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8697,538 +21101,533 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...60 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...73 lines deleted...]
-0</w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9324,531 +21723,536 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9976,130 +22380,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Поступления от продажи финансовых активов внутри страны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10191,97 +22595,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов внутри страны</w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10415,51 +22815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10485,57 +22885,61 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10593,51 +22997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10663,94 +23067,94 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10775,51 +23179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления займов</w:t>
+Внутренние государственные займы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10878,360 +23282,178 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние государственные займы</w:t>
+Договоры займа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...180 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -11350,51 +23572,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="53"/>
+          <w:bookmarkStart w:name="z70" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12747,51 +24969,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к решению</w:t>
+              <w:t>Приложение 3 к решению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12948,65 +25170,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 30/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkStart w:name="z75" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Жамбылского сельского округа Жамбылского района Северо-Казахстанской области на 2026 год</w:t>
+        <w:t xml:space="preserve"> Бюджет Жамбылского сельского округа Жамбылского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
@@ -13182,51 +25404,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="55"/>
+          <w:bookmarkStart w:name="z76" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13585,51 +25807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 026</w:t>
+38 341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13767,51 +25989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 794</w:t>
+2 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13949,51 +26171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-303</w:t>
+325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14131,51 +26353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-303</w:t>
+325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14313,51 +26535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 451</w:t>
+2 554</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14495,51 +26717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109</w:t>
+115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14677,51 +26899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14859,51 +27081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 324</w:t>
+1 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15041,51 +27263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15223,51 +27445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15405,51 +27627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16133,51 +28355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 232</w:t>
+34 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16315,51 +28537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 232</w:t>
+34 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16497,51 +28719,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 232</w:t>
+34 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16672,51 +28894,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="56"/>
+          <w:bookmarkStart w:name="z77" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17075,51 +29297,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 026</w:t>
+38 341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17257,51 +29479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 476</w:t>
+33 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17439,51 +29661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 476</w:t>
+33 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17621,51 +29843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 476</w:t>
+33 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17803,51 +30025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 550</w:t>
+3 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17985,51 +30207,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 550</w:t>
+3 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18167,51 +30389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 550</w:t>
+1 790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18349,51 +30571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18531,51 +30753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18713,51 +30935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18895,51 +31117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19077,51 +31299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -22524,51 +34746,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="57"/>
+          <w:bookmarkStart w:name="z78" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23921,51 +36143,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к решению</w:t>
+              <w:t>Приложение 4 к решению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -24122,10941 +36344,2772 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 30/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Жамбылского сельского округа Жамбылского района Северо-Казахстанской области на 2027 год</w:t>
+        <w:t xml:space="preserve"> Расходы бюджета сельского округа на 2025 год за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года и возврата неиспользованных (недоиспользованных) в 2024 году целевых трансфертов из районного бюджета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      носка. Решение дополнено приложением 4 в соответствии с решением маслихата Жамбылского района Северо-Казахстанской области от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с момента принятия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доходы:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="424"/>
-[...27 lines deleted...]
-        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z76" w:id="59"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...166 lines deleted...]
-38 341</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-2 923</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-325</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...169 lines deleted...]
-325</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z60" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-2 554</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-115</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-19</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-1 350</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-1 070</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-44</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-44</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...4174 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
-[...4214 lines deleted...]
-0</w:t>
+Всего:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -35088,55 +39141,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35462,31 +39515,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>