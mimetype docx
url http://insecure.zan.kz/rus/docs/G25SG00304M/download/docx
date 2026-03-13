--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="86cedaa" w14:textId="86cedaa">
+    <w:p w14:paraId="f801b75" w14:textId="f801b75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -39141,55 +39141,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>