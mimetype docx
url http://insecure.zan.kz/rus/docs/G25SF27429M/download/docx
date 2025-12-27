--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="02f73c1" w14:textId="02f73c1">
+    <w:p w14:paraId="8b11825" w14:textId="8b11825">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,834 +252,964 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Явленского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2, 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 535 588 тысяч тенге:</w:t>
+      1) доходы - 656 540 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 204 200 тысяч тенге;</w:t>
+      налоговые поступления - 204 485 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления - 0 тысяч тенге;</w:t>
+      неналоговые поступления - 1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 2 138 тысяч тенге;</w:t>
+      поступления от продажи основного капитала - 1 852 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 329 250 тысяч тенге;</w:t>
+      поступления трансфертов - 450 202 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 538 857,2 тысяч тенге;</w:t>
+      2) затраты - 659 809,2 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства - 0 тысяч тенге.</w:t>
+      поступления от продажи финансовых активов государства - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета - - 3 269,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета - - 3 269,2 тысяч тенге;</w:t>
+      6) ненефтяной дефицит профицит бюджета - - 3 269,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета - 3 269,2 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств - 3 269,2 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 23.10.2025 № 34/509 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Предусмотреть в бюджете Явленского сельского округа на 2025 год расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года возврат неиспользованных целевых трансфертов выделенных в 2024 году из областного бюджета в сумме 0,1 тысяч тенге, согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Предусмотреть в бюджете Явленского сельского округа расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Явленского сельского округа на 2025 год формируются в соответствии cо статьей 27 Бюджетного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Предусмотреть на 2025 год объемы трансфертов (субвенций) передаваемых из районного бюджета в сумме 18 186 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете на 2025 год поступление целевых трансфертов из республиканского бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы работников организаций, содержащихся за счет средств государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных трансфертов из республиканского бюджета определяется решением акима Явленского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Явленского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предусмотреть в бюджете на 2025 год поступление целевых трансфертов из областного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на средний ремонт внутрипоселковых дорог в селе Явленка Явленского сельского округа Есильского района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на текущий ремонт внутрипоселковых дорог в селе Явленка Явленского сельского округа Есильского района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на капитальный ремонт многофункционального спортивного сооружения и благоустройство территории КГУ "Детско-юношеская спортивная школа Есильского района" в селе Явленка Есильского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных трансфертов из областного бюджета определяется решением акима Явленского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Явленского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Предусмотреть в бюджете на 2025 год поступление целевых текущих трансфертов, передаваемых из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      на фонд оплаты труда;</w:t>
+      фонд оплаты труда и текущие расходы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      на освещение улиц.</w:t>
+      освещение улиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Распределение указанных целевых текущих трансфертов, передаваемых из районного бюджета определяется решением акима Явленского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Явленского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
+      благоустройство села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      текущее содержание дорог села Явленка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на средний ремонт внутрипоселковых дорог.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распределение указанных целевых текущих трансфертов, передаваемых из районного бюджета определяется решением акима Явленского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Явленского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 6 в редакции решения маслихата Есильского района Северо-Казахстанской области от 23.10.2025 № 34/509 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Признать утратившими силу следующие решения маслихата Есильского района Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Есильского района Северо-Казахстанской области от 27 декабря 2024 года № 23/375 "Об утверждении бюджета Явленского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Есильского района Северо-Казахстанской области от 4 марта 2025 года № 24/393 "О внесении изменений и дополнений в решение маслихата Есильского района Северо-Казахстанской области от 27 декабря 2024 года № 23/375 "Об утверждении бюджета Явленского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1582,68 +1712,86 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Явленского сельского округа Есильского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 23.10.2025 № 34/509 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1975,51 +2123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-535 588</w:t>
+656 540</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2152,51 +2300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-204 200</w:t>
+204 485</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2329,51 +2477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 242</w:t>
+178 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2506,51 +2654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 242</w:t>
+178 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2683,51 +2831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 935</w:t>
+26 199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2860,51 +3008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 206</w:t>
+833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3037,51 +3185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-507</w:t>
+432</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3214,51 +3362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 135</w:t>
+24 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3391,51 +3539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87</w:t>
+78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3568,51 +3716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3745,228 +3893,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-2 138</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3995,155 +4143,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
-[...103 lines deleted...]
-2 138</w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4240,441 +4388,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли</w:t>
-[...35 lines deleted...]
-1 718</w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-420</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продаж основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-329 250</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4694,164 +4842,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-329 250</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4912,308 +5060,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-329 250</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+278</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная группа</w:t>
-[...143 lines deleted...]
-Сумма (тысяч тенге)</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5233,514 +5373,526 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-538 857,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-273 133</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-273 133</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5792,486 +5944,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-73 133</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+659 809,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-200 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+282 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-71 236,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+282 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6291,164 +6439,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-71 236,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6509,300 +6657,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-37 713,1</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-7 792,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 997,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6822,164 +6970,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-450</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 997,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7040,300 +7188,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-25 281</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 980,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 792,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7353,164 +7501,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7571,300 +7719,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-028</w:t>
-[...71 lines deleted...]
-1 500</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 775</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-127 519,2</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм, информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7997,51 +8145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-127 519,2</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8102,154 +8250,685 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-73 811,6</w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение физкультурно-оздоровительных и спортивных мероприятий на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230 593,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230 593,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 311,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8351,51 +9030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 707,6</w:t>
+155 281,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12100,68 +12779,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Явленского сельского округа Есильского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20848,68 +21527,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="43"/>
+    <w:bookmarkStart w:name="z66" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Явленского сельского округа Есильского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -29596,131 +30275,131 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="44"/>
+    <w:bookmarkStart w:name="z73" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="45"/>
+          <w:bookmarkStart w:name="z74" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -29821,70 +30500,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="46"/>
+          <w:bookmarkStart w:name="z75" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31167,55 +31846,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>