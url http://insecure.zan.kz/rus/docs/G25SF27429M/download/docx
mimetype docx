--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8b11825" w14:textId="8b11825">
+    <w:p w14:paraId="9fb62cd" w14:textId="9fb62cd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>