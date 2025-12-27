--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad5147a" w14:textId="ad5147a">
+    <w:p w14:paraId="d7d0a2c" w14:textId="d7d0a2c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,794 +252,852 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Булакского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2, 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 43 507 тысяч тенге:</w:t>
+      1) доходы - 136 844,7 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      налоговые поступления - 5 416 тысяч тенге; </w:t>
+      налоговые поступления - 6 944 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступления от продажи основного капитала - 426 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 37 665 тысяч тенге;</w:t>
+      поступления трансфертов - 129 474,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 44 306 тысяч тенге;</w:t>
+      2) затраты - 137 643,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами - 0 тысяч тенге: приобретение финансовых активов - 0 тысяч тенге;</w:t>
+      4) сальдо по операциям с финансовыми активами - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретение финансовых активов - 0 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета - - 799 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ненефтяной дефицит (профицит) бюджета - - 799 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета - 799 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств - 799 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 07.10.2025 № 33/496 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Предусмотреть в бюджете Булакского сельского округа возврат целевых текущих трансфертов, выделенных из районного бюджета в сумме 0,6 тысяч тенге, согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Предусмотреть в бюджете Булакского сельского округа расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года в сумме 798,4 тысяч тенге, согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Булакского сельского округа на 2025 год формируются в соответствии со статьей 27 Бюджетного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Предусмотреть на 2025 год объемы бюджетных субвенций, из районного бюджета бюджету Булакского сельского округа в сумме 24 277 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Булакского сельского округа Есильского района Северо-Казахстанской области на 2025 год объемы целевых текущих трансфертов, передаваемых из республиканского бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных трансфертов из республиканского бюджета определяется решением акима Булакского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Булакского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предусмотреть в бюджете Булакского сельского округа Есильского района Северо-Казахстанской области на 2025 год объемы целевых текущих трансфертов, передаваемых из областного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на средний ремонт внутрипоселковых дорог в селе Булак Есильского района Северо-Казахстанской области. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных трансфертов из областного бюджета определяется решением акима Булакского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Булакского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Предусмотреть в бюджете Булакского сельского округа Есильского района Северо-Казахстанской области на 2025 год объемы целевых текущих трансфертов передаваемых из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на фонд оплаты труда и текущие расходы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       освещение улиц в населенных пунктах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       буртовка несанкционированных свалок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных трансфертов из районного бюджета определяется решением акима Булакского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Булакского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Признать утратившими силу следующие решения маслихата Есильского района Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Есильского района Северо-Казахстанской области от 27 декабря 2024 года № 23/364 "Об утверждении бюджета Булакского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Есильского района Северо-Казахстанской области от 4 марта 2025 года № 24/382 "О внесении изменений и дополнений в решение маслихата Есильского района Северо-Казахстанской области от 27 декабря 2024 года № 23/364 "Об утверждении бюджета Булакского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1542,65 +1600,9185 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Булакского сельского округа Есильского района Северо-Казахстанской области на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 07.10.2025 № 33/496 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 844,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог с доходов, не облагаемых у источника выплаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 351</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутрение налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступлениея за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+426</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+426</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+426</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 474,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 474,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 474,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 643,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 892,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 892,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарных населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+850</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+798,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 204,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 204,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 204,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есильского района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 8 мая 2025 года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 27/418</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Булакского сельского округа Есильского района Северо-Казахстанской области на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1935,51 +11113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 507</w:t>
+40 474</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2112,51 +11290,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 416</w:t>
+5 643</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2289,51 +11467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 756</w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2466,51 +11644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 756</w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2643,51 +11821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 530</w:t>
+3 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2820,51 +11998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2997,51 +12175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3174,51 +12352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 056</w:t>
+3 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3351,51 +12529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-341</w:t>
+359</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3528,51 +12706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130</w:t>
+137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3705,51 +12883,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130</w:t>
+137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4413,51 +13591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 665</w:t>
+34 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4590,51 +13768,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 665</w:t>
+34 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4767,51 +13945,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 665</w:t>
+34 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5125,51 +14303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 306</w:t>
+40 474</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5302,51 +14480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 509</w:t>
+38 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5479,51 +14657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 509</w:t>
+38 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5656,51 +14834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 509</w:t>
+38 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5833,51 +15011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 080,4</w:t>
+2 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6010,51 +15188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 080,4</w:t>
+2 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6187,51 +15365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 244</w:t>
+1 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6364,51 +15542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 038</w:t>
+1 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6460,309 +15638,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-798,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2 716</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6782,164 +15952,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2 716</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6991,309 +16157,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-2 716</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7313,164 +16471,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7522,132 +16676,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7740,51 +16890,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7913,51 +17063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7981,156 +17131,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8154,156 +17308,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-4) Сальдо по операциям с финансовыми активами</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8327,329 +17485,345 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8705,160 +17879,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-- 799</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8910,1371 +18088,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...390 lines deleted...]
-Поступления займов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...891 lines deleted...]
-799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10313,51 +18252,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10644,65 +18583,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:bookmarkStart w:name="z64" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Булакского сельского округа Есильского района Северо-Казахстанской области на 2026 год</w:t>
+        <w:t xml:space="preserve"> Бюджет Булакского сельского округа Есильского района Северо-Казахстанской области на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -11037,51 +18976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 474</w:t>
+40 715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11214,51 +19153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 643</w:t>
+5 928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11391,51 +19330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 852</w:t>
+1 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11568,51 +19507,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 852</w:t>
+1 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11745,51 +19684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 654</w:t>
+3 839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11922,51 +19861,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
+106</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12099,51 +20038,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
+39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12276,51 +20215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 158</w:t>
+3 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12453,51 +20392,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-359</w:t>
+378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12630,51 +20569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137</w:t>
+144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12807,51 +20746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137</w:t>
+144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13515,51 +21454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 405</w:t>
+34 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13692,51 +21631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 405</w:t>
+34 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13869,51 +21808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 405</w:t>
+34 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14227,51 +22166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 474</w:t>
+40 715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14404,51 +22343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 113</w:t>
+38 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14581,51 +22520,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 113</w:t>
+38 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14758,51 +22697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 113</w:t>
+38 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14935,51 +22874,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 361</w:t>
+2 445</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15112,51 +23051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 361</w:t>
+2 445</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15289,51 +23228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 287</w:t>
+1 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15466,51 +23405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 074</w:t>
+1 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16677,51 +24616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 </w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18176,51 +26115,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -18507,65 +26446,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="41"/>
+    <w:bookmarkStart w:name="z71" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Булакского сельского округа Есильского района Северо-Казахстанской области на 2027 год</w:t>
+        <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -18583,123 +26522,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
-[...71 lines deleted...]
-подкласс</w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18712,7933 +26651,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...7862 lines deleted...]
-          <w:bookmarkStart w:name="z72" w:id="43"/>
+          <w:bookmarkStart w:name="z72" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27921,55 +27997,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>