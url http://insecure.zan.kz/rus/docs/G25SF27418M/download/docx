--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d7d0a2c" w14:textId="d7d0a2c">
+    <w:p w14:paraId="ada5430" w14:textId="ada5430">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -27997,55 +27997,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>