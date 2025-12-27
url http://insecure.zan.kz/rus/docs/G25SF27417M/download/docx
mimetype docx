--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="261e245" w14:textId="261e245">
+    <w:p w14:paraId="f237213" w14:textId="f237213">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,734 +252,774 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы согласно приложениям 1, 2, 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 32 332 тысяч тенге:</w:t>
+      1) доходы - 32 331 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 7 183 тысяч тенге;</w:t>
+      налоговые поступления - 7 960 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 1 456 тысяч тенге;</w:t>
+      поступления от продажи основного капитала - 1 000 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 23 693 тысяч тенге;</w:t>
+      поступления трансфертов - 23 371 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 32 501,1 тысяч тенге;</w:t>
+      2) затраты - 32 500,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами - 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета - - 169,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ненефтяной дефицит (профицит) бюджета - - 169,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета - 169,1 тысяч тенге:</w:t>
+      7) финансирование дефицита(использование профицита) бюджета - 169,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств - 169,1 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 169,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 23.10.2025 № 34/501 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Предусмотреть в бюджете Бескудукского сельского округа на 2025 год возврат неиспользованных целевых текущих трансфертов выделенных в 2024 году из районного бюджета в сумме 0,1 тысяч тенге, согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Предусмотреть в бюджете Бескудукского сельского округа расходы за счет свободных остатков бюджетных средств, сложившихся на начало 2025 финансового года в сумме 169 тысяч тенге, согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Бескудукского сельского округа на 2025 год формируются в соответствии со статьей 27 Бюджетного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Предусмотреть на 2025 год объемы бюджетных субвенций, из районного бюджета бюджету Бескудукского сельского округа в сумме 21 631 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025 год поступление целевых трансфертов из республиканского бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых трансфертов из республиканского бюджета определяется решением акима Бескудукского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предусмотреть в бюджете Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025 год поступление целевых трансфертов из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на фонд оплаты труда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на текущие расходы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых трансфертов из районного бюджета определяется решением акима Бескудукского сельского округа Есильского района Северо-Казахстанской области "О реализации решения маслихата Есильского района "Об утверждении бюджета Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Признать утратившими силу следующие решения маслихата Есильского района Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Есильского района Северо-Казахстанской области от 27 декабря 2024 года № 23/363 "Об утверждении бюджета Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Есильского района Северо-Казахстанской области от 4 марта 2025 года № 24/381 "О внесении изменений и дополнений в решение маслихата Есильского района Северо-Казахстанской области от 27 декабря 2024 года № 23/363 "Об утверждении бюджета Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1482,129 +1522,149 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/417</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Бескудукского сельского округа Есильского района Северо-Казахстанской области на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Есильского района Северо-Казахстанской области от 23.10.2025 № 34/501 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z48" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1875,51 +1935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 332</w:t>
+32 331</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2052,51 +2112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 183</w:t>
+7 960</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2229,51 +2289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 139</w:t>
+3 916</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2406,51 +2466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 139</w:t>
+3 916</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2583,51 +2643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 974</w:t>
+3 974</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2724,51 +2784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог на имущество</w:t>
+Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3291,51 +3351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 144</w:t>
+1 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3609,51 +3669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление за использование природных и других ресурсов</w:t>
+Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3822,51 +3882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 456</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3999,51 +4059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 456</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4176,51 +4236,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 456</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4353,51 +4413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 693</w:t>
+23 371</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4530,51 +4590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 693</w:t>
+23 371</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4706,52 +4766,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-23 693 </w:t>
+              <w:t>
+23 371</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5065,51 +5125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 501,1</w:t>
+32 500,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5242,51 +5302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 765</w:t>
+29 980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5383,87 +5443,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-29 765</w:t>
+Аппарат акима города районного значения, села, поселка,сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5596,51 +5656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 765</w:t>
+29 980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5773,51 +5833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 736</w:t>
+2 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5950,51 +6010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 736</w:t>
+2 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6304,51 +6364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-982</w:t>
+766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8183,51 +8243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Ненефтяной дефицит (профицит) бюджета</w:t>
+6) Не нефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27153,55 +27213,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -27527,31 +27587,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>