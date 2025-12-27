--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85091d6" w14:textId="85091d6">
+    <w:p w14:paraId="d8944a0" w14:textId="d8944a0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -250,354 +250,450 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О правовых актах" маслихат района имени Габита Мусрепова Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Шоптыкольского сельского округа района имени Габита Мусрепова на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 54 540 тысяч тенге:</w:t>
+      1) доходы – 60 380,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 12 908 тысяч тенге;</w:t>
+      налоговые поступления – 16 695,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 3 863 тысячи тенге;</w:t>
+      поступления от продажи основного капитала – 811 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      поступления трансфертов – 37 769 тысяч тенге; </w:t>
+        <w:t>
+      поступления трансфертов – 42 874 тысячи тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) затраты – 54 540,1 тысяча тенге; </w:t>
+        <w:t>
+      2) затраты – 60 445,1 тысяча тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      погашение бюджетных кредитов – 0; </w:t>
+        <w:t>
+      погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0;</w:t>
+      5) дефицит (профицит) бюджета – - 64,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 64,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0;</w:t>
+      используемые остатки бюджетных средств – 64,5 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района имени Габита Мусрепова Северо-Казахстанской области от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32-17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Шоптыкольского сельского округа на 2025 год формируются в соответствии со статьей 27-1 Бюджетного кодекса Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1477,50 +1573,88 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 29-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2025 год Шоптыкольского сельского округа района имени Габита Мусрепова</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения маслихата района имени Габита Мусрепова Северо-Казахстанской области от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32-17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1852,51 +1986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 540</w:t>
+60 380,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2029,51 +2163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 908</w:t>
+16 695,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2206,51 +2340,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 004</w:t>
+2 591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2383,51 +2517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 004</w:t>
+2 591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2560,51 +2694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 604</w:t>
+13 794,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2700,88 +2834,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-159</w:t>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2914,51 +3048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-693</w:t>
+496</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3054,88 +3188,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-5 618</w:t>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3268,51 +3402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 134</w:t>
+7 578,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3445,51 +3579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3622,69 +3756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-300</w:t>
+310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3994,51 +4110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 863</w:t>
+811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4171,51 +4287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 863</w:t>
+811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4348,51 +4464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 863</w:t>
+811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4525,51 +4641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 769</w:t>
+42 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4702,69 +4818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-37 769</w:t>
+42 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4897,166 +4995,150 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...17 lines deleted...]
-37 769</w:t>
+42 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Функциональная </w:t>
+              <w:t>
+Функциональная</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z38" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5121,68 +5203,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5327,51 +5411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 540,1</w:t>
+60 445,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5504,51 +5588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 940</w:t>
+36 740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5681,51 +5765,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 940</w:t>
+36 740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5858,405 +5942,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 940</w:t>
+36 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-18 600</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-18 600</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6276,164 +6360,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6494,441 +6578,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-17 600</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6984,128 +7068,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7193,128 +7277,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7407,51 +7495,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7580,51 +7668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7753,51 +7841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Сальдо по операциям с финансовыми активами</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7926,51 +8014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8099,51 +8187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8272,51 +8360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8445,87 +8533,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-0</w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-64,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8618,87 +8706,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление займов</w:t>
-[...35 lines deleted...]
-0</w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8791,51 +8879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение займов</w:t>
+Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8964,87 +9052,976 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+64,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -23754,55 +24731,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24128,31 +25105,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>