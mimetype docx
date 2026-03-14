--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d8944a0" w14:textId="d8944a0">
+    <w:p w14:paraId="e7d0127" w14:textId="e7d0127">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -24731,55 +24731,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>