--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4d0680e" w14:textId="4d0680e">
+    <w:p w14:paraId="a0766d9" w14:textId="a0766d9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -272,894 +272,934 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Чистопольского сельского округа района имени Габита Мусрепова на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 107 726 тысяч тенге:</w:t>
+      1) доходы – 115 160,5 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 26 544 тысячи тенге;</w:t>
+      налоговые поступления – 33 383,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 848 тысяч тенге;</w:t>
+      неналоговые поступления – 382,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 9 042 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      поступления трансфертов – 71 292 тысячи тенге; </w:t>
+        <w:t>
+      поступления трансфертов – 72 352 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) затраты – 111 118,6 тысяч тенге; </w:t>
+        <w:t>
+      2) затраты – 118 553,1 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      погашение бюджетных кредитов – 0; </w:t>
+        <w:t>
+      погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -3 392,6 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -3 392,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 3 392,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 3 392,6 тысяч тенге;</w:t>
+      используемые остатки бюджетных средств – 3 392,6 тысяч тенге..</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата района имени Габита Мусрепова Северо-Казахстанской области от 03.07.2025 № 31-3 (вводится в действие с 01.01.2025); от 30.09.2025 № 32-8 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Чистопольского сельского округа на 2025 год формируются в соответствии со статьей 27-1 Бюджетного кодекса Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) если иное не установлено подпунктом 2) пункта 1 статьи 26 Бюджетного Кодекса, индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории села расположено заявленное при постановке на регистрационный учет в органе государственных доходов: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налога на имущество физических лиц по объектам обложения данным налогом, находящимся на территории сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельного налога на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) налога на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории села; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единого земельного налога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за пользование земельными участками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Неналоговыми поступлениями в бюджет сельского округа являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) штрафы, налагаемые акимом сельского округа за административные правонарушения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) доходы от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от аренды имущества коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) прочие неналоговые поступления в бюджет сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Поступлением в бюджет сельского округа от продажи основного капитала является:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Поступлениями трансфертов в бюджет сельского округа являются трансферты из районного, областного и республиканского бюджетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Объем бюджетной субвенции, передаваемой из районного бюджета в бюджет Чистопольского сельского округа, составляет 36 510 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Признать утратившими силу следующие решения маслихата района имени Габита Мусрепова:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата района имени Габита Мусрепова от 27 декабря 2024 года № 25-15 "Об утверждении бюджета Чистопольского сельского округа района имени Габита Мусрепова на 2025-2027 годы"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата района имени Габита Мусрепова от 28 марта 2025 года № 27-13 "О внесении изменений в решение маслихата района имени Габита Мусрепова от 27 декабря 2024 года № 25-15 "Об утверждении бюджета Чистопольского сельского округа района имени Габита Мусрепова на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1597,129 +1637,149 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 29-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2025 год Чистопольского сельского округа района имени Габита Мусрепова</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района имени Габита Мусрепова Северо-Казахстанской области от 03.07.2025 № 31-3 (вводится в действие с 01.01.2025); от 30.09.2025 № 32-8 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z58" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1990,51 +2050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107 726</w:t>
+115 160,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2166,52 +2226,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-26 544 </w:t>
+              <w:t>
+33 383,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2344,51 +2404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 502</w:t>
+10 954,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2521,51 +2581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 502</w:t>
+10 954,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2697,52 +2757,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-17 942 </w:t>
+              <w:t>
+21 951,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2875,51 +2935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-551</w:t>
+479,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3052,51 +3112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-340</w:t>
+243,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3229,51 +3289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 599</w:t>
+14 276,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3406,51 +3466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 452</w:t>
+6 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3583,51 +3643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+478,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3760,51 +3820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+478,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3937,51 +3997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-848</w:t>
+382,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4114,51 +4174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-848</w:t>
+382,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4309,51 +4369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-848</w:t>
+382,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5017,51 +5077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71 292</w:t>
+72 352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5194,51 +5254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71 292</w:t>
+72 352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5371,152 +5431,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71 292</w:t>
+72 352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5581,70 +5637,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5789,51 +5843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111 118,6</w:t>
+118 553,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5966,51 +6020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 318,3</w:t>
+86 652,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6143,51 +6197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 318,3</w:t>
+86 652,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6320,51 +6374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 018,3</w:t>
+79 307,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6497,51 +6551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 300</w:t>
+7 345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6674,51 +6728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 800</w:t>
+28 900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6851,51 +6905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 800</w:t>
+28 900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7028,51 +7082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 000</w:t>
+5 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7133,50 +7187,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7205,51 +7436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 200</w:t>
+1 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11412,65 +11643,7533 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 29-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет на 2026 год Чистопольского сельского округа района имени Габита Мусрепова</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 862</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 606</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 842</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 842</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 660</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+354</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+882</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества,находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+882</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества коммунальной собственности города районного значения,села,поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+882</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z64" w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z65" w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 862</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71 702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71 702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71 702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к решению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маслихата района имени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Габита Мусрепова Северо-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 8 мая 2025 года № 29-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z71" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет на 2027 год Чистопольского сельского округа района имени Габита Мусрепова</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -11805,51 +19504,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 862</w:t>
+78 419</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11982,51 +19681,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 606</w:t>
+28 710</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12159,51 +19858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 842</w:t>
+9 196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12336,51 +20035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 842</w:t>
+9 196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12513,51 +20212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 660</w:t>
+19 406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12690,51 +20389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-573</w:t>
+596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12867,51 +20566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-354</w:t>
+368</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13044,51 +20743,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 103</w:t>
+13 627</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13221,51 +20920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 630</w:t>
+4 815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13398,51 +21097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13575,51 +21274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13752,51 +21451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-882</w:t>
+917</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13929,51 +21628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-882</w:t>
+917</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14106,51 +21805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-882</w:t>
+917</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14283,51 +21982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 404</w:t>
+9 780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14460,51 +22159,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 404</w:t>
+9 780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14637,51 +22336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 404</w:t>
+9 780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14814,51 +22513,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 970</w:t>
+39 012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14991,51 +22690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 970</w:t>
+39 012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15168,51 +22867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 970</w:t>
+39 012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15230,51 +22929,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="49"/>
+          <w:bookmarkStart w:name="z72" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15358,7538 +23057,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="50"/>
+          <w:bookmarkStart w:name="z73" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
-          <w:p>
-[...7466 lines deleted...]
-          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>