--- v1 (2025-12-25)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a0766d9" w14:textId="a0766d9">
+    <w:p w14:paraId="47698ed" w14:textId="47698ed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -26306,55 +26306,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>