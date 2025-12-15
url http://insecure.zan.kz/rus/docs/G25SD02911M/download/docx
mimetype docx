--- v0 (2025-11-10)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="650cb38" w14:textId="650cb38">
+    <w:p w14:paraId="e7614f1" w14:textId="e7614f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -272,1074 +272,1202 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Майского сельского округа Акжарского района на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 64653 тысяч тенге:</w:t>
+      1) доходы – 59 584 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 1666 тысяч тенге;</w:t>
+      налоговые поступления – 1 809,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 207 тысяч тенге;</w:t>
+      неналоговые поступления – 1 051,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 415 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 62365 тысяч тенге;</w:t>
+      поступления трансфертов – 56 307,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 64653 тысяч тенге;</w:t>
+      2) затраты – 60 922,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0 тенге; </w:t>
+      бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      погашение бюджетных кредитов – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      приобретение финансовых активов – 0 тенге; </w:t>
+        <w:t>
+      приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – 0 тенге;</w:t>
+      5) дефицит (профицит) бюджета – -1 338,9 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0 тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1 338,9 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0 тенге.</w:t>
+      используемые остатки бюджетных средств – -1 388,9 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Акжарского районного маслихата Северо-Казахстанской области от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии с Бюджетным Кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z25" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       если иное не установлено подпунктом 2) пункта 1 статьи 26 настоящего Кодекса, индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории города районного значения, села, поселка расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z26" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z27" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z28" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налог на имущество физических лиц по объектам обложения данным налогом, находящимся на территории сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z29" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z30" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налог на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z31" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z32" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории села;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z33" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z34" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за пользование земельными участками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z35" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за размещение наружной (визуальной) рекламы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z36" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений в селе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z37" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в полосе отвода автомобильных дорог общего пользования, проходящих через территории сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z38" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений вне населенных пунктов и вне полосы отвода автомобильных дорог общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z39" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налог на добычу полезных ископаемых на общераспространенные полезные ископаемые, подземные воды и лечебные грязи, находящиеся на территории сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z40" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы сельского округа на 2025 год формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z41" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       штрафы, налагаемые акимом сельского округа за административные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       добровольные сборы физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления части чистого дохода коммунальных государственных предприятий, созданных по решению аппарата акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z45" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы на доли участия в юридических лицах, находящиеся в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z46" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от аренды имущества коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z47" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вознаграждения по кредитам, выданным из бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z48" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие доходы от коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z49" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие неналоговые поступления в бюджет сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z50" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что доходы сельского округа на 2025 год формируются за счет поступлений от продажи основного капитала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z51" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z52" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z53" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z54" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Установить, что поступлениями трансфертов в бюджет сельского округа являются трансферты из районного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z55" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть, что в бюджете сельского округа на 2025 год предусмотрен объем субвенции, передаваемой из районного бюджета в бюджет округа в сумме 42 218 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Предусмотреть расходы бюджета сельского округа за счет свободных остатков бюджетных средств, сложившихся на начало финансового года, неиспользованных (недоиспользованных) в 2024 году, согласно приложению 4 к настоящему решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распределение сумм свободных остатков бюджетных средств, сложивщихся на начало финансового года, неиспользованных (недоиспользованных) в 2024 году определяется решением акима Кулыкольского сельского округа Акжарского района Северо-Казахстанской области "О реализации решения Акжарского районного маслихата "Об утверждении бюджета Майского сельского округа Акжарского района на 2025-2027 годы".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 6-1 в соответствии с решением Акжарского районного маслихата Северо-Казахстанской области от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акжарского районного маслихата Северо-Казахстанской области "Об утверждении бюджета Майского сельского округа Акжарского района на 2025-2027 годы" от 30 декабря 2024 года № 27-21.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z57" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1712,68 +1840,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 29-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майского сельского округа Акжарского района на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Акжарского районного маслихата Северо-Казахстанской области от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2105,51 +2271,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64653</w:t>
+59584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2282,51 +2448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1666</w:t>
+1809,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2813,51 +2979,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1584</w:t>
+1727,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3344,51 +3510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-689</w:t>
+832,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3698,51 +3864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207</w:t>
+1051,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4084,196 +4250,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-415</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+844,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4293,305 +4459,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-415</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и во внебюджетные фонды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+844,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Продажа земли</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4615,196 +4781,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-62365</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажи земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4824,688 +4990,834 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-62365</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-62365</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56307,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56307,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56307,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5517,360 +5829,216 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5888,518 +6056,514 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-24308</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60922,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24308</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27842</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-22618</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27842</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6419,164 +6583,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-22618</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельност6и акима города районного значения, села,поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6637,300 +6801,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-756</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1362</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6950,164 +7114,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-200</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7168,300 +7332,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-20300</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-17227</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+919</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7481,164 +7645,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-17227</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7699,300 +7863,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-17227</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-17227</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19305,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8125,51 +8289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+19305,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8230,296 +8394,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-500</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19305,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8539,160 +8707,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8744,128 +8916,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8958,51 +9134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление от продажи финансовых активов государства</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9131,51 +9307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (Профицит) бюджета</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9304,51 +9480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9372,50 +9548,569 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (Профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -9517,51 +10212,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9801,68 +10850,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 29-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майского сельского округа Акжарского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13267,70 +14316,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="57"/>
+          <w:bookmarkStart w:name="z70" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17005,68 +18054,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 29-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Майского сельского округа Акжарского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20636,70 +21685,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="59"/>
+          <w:bookmarkStart w:name="z76" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24091,50 +25140,2201 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 4 к решению </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акжарского районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 мая 2025 года № 29-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Распределение сумм свободных остатков бюджетных средств на 2025 год, сложившихся на начало финансового года, неиспользованных (недоиспользованных) в 2024 году</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Решение дополнено приложением 4 в соответствии с решением Акжарского районного маслихата Северо-Казахстанской области от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1338,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -24166,55 +27366,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24540,31 +27740,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>