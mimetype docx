--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7614f1" w14:textId="e7614f1">
+    <w:p w14:paraId="a1cf42e" w14:textId="a1cf42e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -27366,55 +27366,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>