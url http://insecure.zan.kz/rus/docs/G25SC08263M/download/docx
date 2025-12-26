--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4784023" w14:textId="4784023">
+    <w:p w14:paraId="d9f373a" w14:textId="d9f373a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,694 +252,816 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Арыкбалыкского сельского округа Айыртауского района на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 213 152,7 тысяч тенге:</w:t>
+      1) доходы – 197 799,7 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 28 500,0 тысяч тенге;</w:t>
+      налоговые поступления – 21 982,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 18,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 635,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 183 999,0 тысяч тенге;</w:t>
+      поступления трансфертов – 175 164,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 216 670,3 тысяч тенге;</w:t>
+      2) затраты – 201 317,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -3 517,6 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 3 517,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – -3 517,6 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – - 3 517,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – 3 517,6 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 3 517,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 3 517,6 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 3 517,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения Айыртауского районного маслихата Северо-Казахстанской области от 10.10.2025 № 8-33-2 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии со статьей 168 Бюджетного кодекса Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть на 2025 год объемы бюджетных субвенций передаваемые из районного бюджета в бюджет сельского округа в сумме 35 407,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Учесть целевые трансферты передаваемые из районного бюджета в бюджет сельского округа на 2025 год в сумме 36 367,0 тысяч тенге.</w:t>
+      4. Учесть целевые трансферты передаваемые из районного бюджета в бюджет сельского округа на 2025 год в сумме 32 157,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Распределение указанных целевых трансфертов из районного бюджета определяется решением акима сельского округа о реализации решения Айыртауского районного маслихата об утверждении бюджета Арыкбалыкского сельского округа на 2025-2027 годы. </w:t>
+        <w:t>
+      Распределение указанных целевых трансфертов из районного бюджета определяется решением акима сельского округа о реализации решения Айыртауского районного маслихата об утверждении бюджета Арыкбалыкского сельского округа на 2025-2027 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>       Сноска. Пункт 4 в редакции решения Айыртауского районного маслихата Северо-Казахстанской области от 10.10.2025 № 8-33-2 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть целевые трансферты передаваемые из республиканского бюджета в бюджет сельского округа на 2025 год в сумме 125,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Распределение указанных целевых трансфертов из республиканского бюджета определяется решением акима сельского округа о реализации решения Айыртауского районного маслихата об утверждении бюджета Арыкбалыкского сельского округа на 2025-2027 годы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Учесть целевые трансферты передаваемые из областного бюджета в бюджет сельского округа на 2025 год в сумме 112 100,0 тысяч тенге.</w:t>
+      6. Учесть целевые трансферты передаваемые из областного бюджета в бюджет сельского округа на 2025 год в сумме 107 474,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Распределение указанных целевых трансфертов из областного бюджета определяется решением акима сельского округа о реализации решения Айыртауского районного маслихата об утверждении бюджета Арыкбалыкского сельского округа на 2025-2027 годы. </w:t>
+        <w:t>
+      Распределение указанных целевых трансфертов из областного бюджета определяется решением акима сельского округа о реализации решения Айыртауского районного маслихата об утверждении бюджета Арыкбалыкского сельского округа на 2025-2027 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>       Сноска. Пункт 6 в редакции решения Айыртауского районного маслихата Северо-Казахстанской области от 10.10.2025 № 8-33-2 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Предусмотреть в бюджете сельского округа расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года согласно приложению 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Признать утратившими силу следующие решения Айыртауского районного маслихата:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата от 27 декабря 2024 года № 8-22-4 "Об утверждении бюджета Арыкбалыкского сельского округа Айыртауского района на 2025-2027 годы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата от 19 марта 2025 года № 8-24-3 "О внесении изменений и дополнений в решение Айыртауского районного маслихата от 27 декабря 2024 года № 8-22-4 "Об утверждении бюджета Арыкбалыкского сельского округа Айыртауского района на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1312,65 +1434,20123 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 8-26-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Арыкбалыкского сельского округа Айыртауского района на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения Айыртауского районного маслихата Северо-Казахстанской области от 10.10.2025 № 8-33-2 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+197 799,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 982,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 245,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 245,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 737,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+242,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 813,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 935,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 747,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+635,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+635,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+582,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+175 164,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+175 164,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+175 164,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201 317,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 871,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 871,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 609,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 262,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 504,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 504,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 903,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 155,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 645,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84 940,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84 940,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84 940,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3 517,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3 517,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 517,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 517,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 517,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 517,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению Айыртауского</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 8 мая 2025 года № 8-26-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Арыкбалыкского сельского округа Айыртауского района на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101 854,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 925,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 450,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 450,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 375,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+315,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 625,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 285,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71 929,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71 929,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71 929,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101 854,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 389,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 389,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 389,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 465,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 465,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+142 590</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 505,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 711,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению Айыртауского</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 8 мая 2025 года № 8-26-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Арыкбалыкского сельского округа Айыртауского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -2017,88 +22197,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...36 lines deleted...]
-213 152,7</w:t>
+2) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 609,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2235,51 +22415,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 500,0</w:t>
+31 421,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2416,51 +22596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 923,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2597,51 +22777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 923,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2778,51 +22958,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 500,0</w:t>
+19 293,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2959,51 +23139,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300,0</w:t>
+331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3140,51 +23320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 500,0</w:t>
+2 756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3321,51 +23501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 700,0</w:t>
+12 128,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3502,51 +23682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+3 307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3683,51 +23863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+2 205,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3864,51 +24044,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+2 205,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4045,594 +24225,594 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18,5</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-18,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-18,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 188,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-635,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 188,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4653,1293 +24833,1251 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-635,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 188,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-52,6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...171 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...171 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-183 999,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-183 999,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 609,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...67 lines deleted...]
-Наименование</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 222,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 222,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6001,267 +26139,305 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Программа</w:t>
-[...28 lines deleted...]
-          <w:p/>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 222,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...110 lines deleted...]
-4</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 </w:t>
+40 387,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6283,343 +26459,347 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-2) Затраты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-216 670,3</w:t>
+40 387,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Государственные услуги общего характера</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 418,7</w:t>
+14 972,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6641,166 +26821,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 418,7</w:t>
+8 930,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6864,124 +27044,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...36 lines deleted...]
-Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 497,7</w:t>
+12 296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7045,305 +27225,301 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-022</w:t>
-[...36 lines deleted...]
-Капитальные расходы государственного органа</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 921,0</w:t>
+4 189,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Жилищно-коммунальное хозяйство</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 208,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7365,166 +27541,162 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 208,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7579,133 +27751,129 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Освещение улиц в населенных пунктах</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 580,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7760,133 +27928,129 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Обеспечение санитарии населенных пунктов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 100,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7941,133 +28105,129 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Благоустройство и озеленение населенных пунктов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 728,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8122,314 +28282,306 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Организация водоснабжения населенных пунктов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 800,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Прочие</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84 043,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8451,166 +28603,162 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84 043,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8665,314 +28813,306 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84 043,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Трансферты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,6</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8994,526 +29134,383 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,6</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...132 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-0,6</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...133 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -9566,270 +29563,232 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...79 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...107 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9887,126 +29846,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-4) Сальдо по операциям с финансовыми активами </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10097,2088 +30060,133 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Приобретение финансовых активов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...1957 lines deleted...]
-3 517,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12217,51 +30225,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12418,17936 +30426,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 8-26-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
-[...17867 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:bookmarkStart w:name="z58" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -33453,55 +33593,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -33827,31 +33967,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>